--- v0 (2025-11-01)
+++ v1 (2025-12-16)
@@ -9,121 +9,123 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="11012"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/michelle/Desktop/Website/2025/Despatch/Promo items/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AFA344A9-3365-D242-A2C3-29EDA391B20D}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D8C54FA2-5432-7443-B48C-933717659C80}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="420" yWindow="500" windowWidth="21660" windowHeight="20100" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="420" yWindow="500" windowWidth="21660" windowHeight="24640" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="181029"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="L33" i="1" l="1"/>
   <c r="M33" i="1" s="1"/>
-  <c r="L40" i="1" l="1"/>
-  <c r="M40" i="1" s="1"/>
+  <c r="L34" i="1" l="1"/>
+  <c r="M34" i="1" s="1"/>
   <c r="L41" i="1" l="1"/>
+  <c r="M41" i="1" s="1"/>
+  <c r="L42" i="1" l="1"/>
+  <c r="L40" i="1"/>
   <c r="L39" i="1"/>
   <c r="L38" i="1"/>
   <c r="L37" i="1"/>
   <c r="L36" i="1"/>
-  <c r="L35" i="1"/>
   <c r="L32" i="1"/>
   <c r="L31" i="1"/>
   <c r="L30" i="1"/>
   <c r="L21" i="1"/>
   <c r="L22" i="1"/>
   <c r="L23" i="1"/>
   <c r="L24" i="1"/>
   <c r="L25" i="1"/>
   <c r="L26" i="1"/>
   <c r="L27" i="1"/>
   <c r="L28" i="1"/>
   <c r="L15" i="1"/>
   <c r="L16" i="1"/>
   <c r="L17" i="1"/>
   <c r="L18" i="1"/>
   <c r="L19" i="1"/>
   <c r="L14" i="1"/>
   <c r="M19" i="1" l="1"/>
   <c r="M28" i="1" l="1"/>
   <c r="M14" i="1" l="1"/>
   <c r="M15" i="1" l="1"/>
   <c r="M16" i="1"/>
   <c r="M17" i="1"/>
   <c r="M18" i="1"/>
   <c r="M21" i="1"/>
   <c r="M22" i="1"/>
   <c r="M23" i="1"/>
   <c r="M24" i="1"/>
   <c r="M25" i="1"/>
   <c r="M26" i="1"/>
   <c r="M27" i="1"/>
   <c r="M30" i="1"/>
   <c r="M31" i="1"/>
   <c r="M32" i="1"/>
-  <c r="M35" i="1"/>
   <c r="M36" i="1"/>
   <c r="M37" i="1"/>
   <c r="M38" i="1"/>
   <c r="M39" i="1"/>
-  <c r="M41" i="1"/>
-  <c r="M42" i="1" l="1"/>
+  <c r="M40" i="1"/>
+  <c r="M42" i="1"/>
+  <c r="M43" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="65" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="66" uniqueCount="66">
   <si>
     <t>Item</t>
   </si>
   <si>
     <t>Qty</t>
   </si>
   <si>
     <t>Delivery Address</t>
   </si>
   <si>
     <t>Charge to Imprest</t>
   </si>
   <si>
     <t xml:space="preserve">Name of LA/Federation </t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>Promotional Items Order Form</t>
   </si>
   <si>
     <t>Clothing and accessories</t>
   </si>
   <si>
@@ -189,53 +191,50 @@
   <si>
     <t>Yellow</t>
   </si>
   <si>
     <t>Golf umbrella</t>
   </si>
   <si>
     <t>Foldable shopper bag</t>
   </si>
   <si>
     <t>Foldable umbrella</t>
   </si>
   <si>
     <t>Hot/cold insulated bottle</t>
   </si>
   <si>
     <t>A5 notebooks</t>
   </si>
   <si>
     <t>Four-colour pen</t>
   </si>
   <si>
     <t>Subtotal</t>
   </si>
   <si>
-    <t>Generic</t>
-[...1 lines deleted...]
-  <si>
     <t>Additional notes you want to make</t>
   </si>
   <si>
     <t>www.nasuwt.org.uk/PromotionalItemsCatalogue</t>
   </si>
   <si>
     <t>Postcode</t>
   </si>
   <si>
     <t>Phone/mobile number</t>
   </si>
   <si>
     <t>Email address</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Multi-coloured pen</t>
   </si>
   <si>
     <t>Multi-coloured pencil</t>
   </si>
   <si>
     <t>Compact charging cable set</t>
@@ -252,72 +251,79 @@
   <si>
     <t>Beanie</t>
   </si>
   <si>
     <t>Green</t>
   </si>
   <si>
     <t>White</t>
   </si>
   <si>
     <t>Lapel badge</t>
   </si>
   <si>
     <t>Purple</t>
   </si>
   <si>
     <t>Orange</t>
   </si>
   <si>
     <t>Cyan</t>
   </si>
   <si>
     <t>Reusable poncho (one size)</t>
   </si>
   <si>
-    <t>Size/colour [* worked example below]</t>
-[...1 lines deleted...]
-  <si>
     <t>Post-it bookmark</t>
   </si>
   <si>
     <t>We will deliver your promotional items as soon as possible.</t>
   </si>
   <si>
     <t>All orders are subject to availability.</t>
   </si>
   <si>
     <t>If we have any issues fulfilling your order, we will contact you using the email address you supply on this form.</t>
   </si>
   <si>
     <t>Notes</t>
   </si>
   <si>
-    <t>Tablecloth (fitted for 6' x 2' table, slight stretch)</t>
-[...1 lines deleted...]
-  <si>
     <t>For descriptions and photos, see our online Promotional Items Catalogue</t>
+  </si>
+  <si>
+    <t>Flat tablecloth (8' x 7')</t>
+  </si>
+  <si>
+    <t>Fitted tablecloth (for 6' x 2' table, slight stretch)</t>
+  </si>
+  <si>
+    <t>Size/colour</t>
+  </si>
+  <si>
+    <t>Generic/
+navy</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="&quot;£&quot;#,##0.00"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -555,246 +561,247 @@
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="70">
+  <cellXfs count="61">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...28 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1"/>
-[...12 lines deleted...]
-    </xf>
     <xf numFmtId="1" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="1" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="left" vertical="center"/>
+      <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="1" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...5 lines deleted...]
-    </xf>
     <xf numFmtId="1" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="1" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-[...9 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
-    </xf>
-[...17 lines deleted...]
-      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...21 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="left" vertical="top"/>
+    <xf numFmtId="1" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="left" vertical="top"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="left" vertical="top"/>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="left" vertical="top"/>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="left" vertical="top"/>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="left" vertical="top"/>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="left" vertical="top"/>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="left" vertical="top"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="left" vertical="top"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF12154D"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -1160,1283 +1167,1346 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nasuwt.org.uk/PromotionalItemsCatalogue" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:M59"/>
+  <dimension ref="A1:M60"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A9" sqref="A9:M10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.1640625" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="35.33203125" style="1" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="14" max="16384" width="9.1640625" style="1"/>
+    <col min="1" max="1" width="35.33203125" style="16" bestFit="1" customWidth="1"/>
+    <col min="2" max="12" width="10.83203125" style="16" customWidth="1"/>
+    <col min="13" max="13" width="18.83203125" style="16" customWidth="1"/>
+    <col min="14" max="16384" width="9.1640625" style="16"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="45" t="s">
+      <c r="A1" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="B1" s="45"/>
-[...10 lines deleted...]
-      <c r="M1" s="48"/>
+      <c r="B1" s="7"/>
+      <c r="C1" s="7"/>
+      <c r="D1" s="7"/>
+      <c r="E1" s="7"/>
+      <c r="F1" s="7"/>
+      <c r="G1" s="7"/>
+      <c r="H1" s="7"/>
+      <c r="I1" s="7"/>
+      <c r="J1" s="7"/>
+      <c r="K1" s="7"/>
+      <c r="L1" s="14"/>
+      <c r="M1" s="15"/>
     </row>
     <row r="2" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A2" s="45"/>
-[...11 lines deleted...]
-      <c r="M2" s="48"/>
+      <c r="A2" s="7"/>
+      <c r="B2" s="7"/>
+      <c r="C2" s="7"/>
+      <c r="D2" s="7"/>
+      <c r="E2" s="7"/>
+      <c r="F2" s="7"/>
+      <c r="G2" s="7"/>
+      <c r="H2" s="7"/>
+      <c r="I2" s="7"/>
+      <c r="J2" s="7"/>
+      <c r="K2" s="7"/>
+      <c r="L2" s="14"/>
+      <c r="M2" s="15"/>
     </row>
     <row r="3" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A3" s="45"/>
-[...11 lines deleted...]
-      <c r="M3" s="48"/>
+      <c r="A3" s="7"/>
+      <c r="B3" s="7"/>
+      <c r="C3" s="7"/>
+      <c r="D3" s="7"/>
+      <c r="E3" s="7"/>
+      <c r="F3" s="7"/>
+      <c r="G3" s="7"/>
+      <c r="H3" s="7"/>
+      <c r="I3" s="7"/>
+      <c r="J3" s="7"/>
+      <c r="K3" s="7"/>
+      <c r="L3" s="14"/>
+      <c r="M3" s="15"/>
     </row>
     <row r="4" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="45"/>
-[...11 lines deleted...]
-      <c r="M4" s="48"/>
+      <c r="A4" s="7"/>
+      <c r="B4" s="7"/>
+      <c r="C4" s="7"/>
+      <c r="D4" s="7"/>
+      <c r="E4" s="7"/>
+      <c r="F4" s="7"/>
+      <c r="G4" s="7"/>
+      <c r="H4" s="7"/>
+      <c r="I4" s="7"/>
+      <c r="J4" s="7"/>
+      <c r="K4" s="7"/>
+      <c r="L4" s="14"/>
+      <c r="M4" s="15"/>
     </row>
     <row r="5" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="45"/>
-[...11 lines deleted...]
-      <c r="M5" s="48"/>
+      <c r="A5" s="7"/>
+      <c r="B5" s="7"/>
+      <c r="C5" s="7"/>
+      <c r="D5" s="7"/>
+      <c r="E5" s="7"/>
+      <c r="F5" s="7"/>
+      <c r="G5" s="7"/>
+      <c r="H5" s="7"/>
+      <c r="I5" s="7"/>
+      <c r="J5" s="7"/>
+      <c r="K5" s="7"/>
+      <c r="L5" s="14"/>
+      <c r="M5" s="15"/>
     </row>
     <row r="6" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="45"/>
-[...11 lines deleted...]
-      <c r="M6" s="48"/>
+      <c r="A6" s="7"/>
+      <c r="B6" s="7"/>
+      <c r="C6" s="7"/>
+      <c r="D6" s="7"/>
+      <c r="E6" s="7"/>
+      <c r="F6" s="7"/>
+      <c r="G6" s="7"/>
+      <c r="H6" s="7"/>
+      <c r="I6" s="7"/>
+      <c r="J6" s="7"/>
+      <c r="K6" s="7"/>
+      <c r="L6" s="14"/>
+      <c r="M6" s="15"/>
     </row>
     <row r="7" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A7" s="46"/>
-[...11 lines deleted...]
-      <c r="M7" s="50"/>
+      <c r="A7" s="8"/>
+      <c r="B7" s="8"/>
+      <c r="C7" s="8"/>
+      <c r="D7" s="8"/>
+      <c r="E7" s="8"/>
+      <c r="F7" s="8"/>
+      <c r="G7" s="8"/>
+      <c r="H7" s="8"/>
+      <c r="I7" s="8"/>
+      <c r="J7" s="8"/>
+      <c r="K7" s="8"/>
+      <c r="L7" s="17"/>
+      <c r="M7" s="18"/>
     </row>
     <row r="8" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A8" s="68" t="s">
+      <c r="A8" s="9" t="s">
+        <v>61</v>
+      </c>
+      <c r="B8" s="10"/>
+      <c r="C8" s="10"/>
+      <c r="D8" s="10"/>
+      <c r="E8" s="10"/>
+      <c r="F8" s="10"/>
+      <c r="G8" s="10"/>
+      <c r="H8" s="10"/>
+      <c r="I8" s="10"/>
+      <c r="J8" s="10"/>
+      <c r="K8" s="10"/>
+      <c r="L8" s="10"/>
+      <c r="M8" s="10"/>
+    </row>
+    <row r="9" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="B9" s="11"/>
+      <c r="C9" s="11"/>
+      <c r="D9" s="11"/>
+      <c r="E9" s="11"/>
+      <c r="F9" s="11"/>
+      <c r="G9" s="11"/>
+      <c r="H9" s="11"/>
+      <c r="I9" s="11"/>
+      <c r="J9" s="11"/>
+      <c r="K9" s="11"/>
+      <c r="L9" s="11"/>
+      <c r="M9" s="11"/>
+    </row>
+    <row r="10" spans="1:13" s="19" customFormat="1" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="12"/>
+      <c r="B10" s="12"/>
+      <c r="C10" s="12"/>
+      <c r="D10" s="12"/>
+      <c r="E10" s="12"/>
+      <c r="F10" s="12"/>
+      <c r="G10" s="12"/>
+      <c r="H10" s="12"/>
+      <c r="I10" s="12"/>
+      <c r="J10" s="12"/>
+      <c r="K10" s="12"/>
+      <c r="L10" s="12"/>
+      <c r="M10" s="12"/>
+    </row>
+    <row r="11" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="26" t="s">
+        <v>0</v>
+      </c>
+      <c r="B11" s="26" t="s">
+        <v>10</v>
+      </c>
+      <c r="C11" s="57" t="s">
         <v>64</v>
-      </c>
-[...53 lines deleted...]
-        <v>57</v>
       </c>
       <c r="D11" s="57"/>
       <c r="E11" s="57"/>
       <c r="F11" s="57"/>
       <c r="G11" s="57"/>
       <c r="H11" s="57"/>
       <c r="I11" s="57"/>
       <c r="J11" s="57"/>
       <c r="K11" s="57"/>
-      <c r="L11" s="2" t="s">
+      <c r="L11" s="58" t="s">
         <v>1</v>
       </c>
-      <c r="M11" s="2" t="s">
+      <c r="M11" s="58" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="12" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="C12" s="4" t="s">
+    <row r="12" spans="1:13" ht="34" x14ac:dyDescent="0.2">
+      <c r="A12" s="24"/>
+      <c r="B12" s="24"/>
+      <c r="C12" s="60" t="s">
+        <v>65</v>
+      </c>
+      <c r="D12" s="55" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" s="55" t="s">
+        <v>21</v>
+      </c>
+      <c r="F12" s="55" t="s">
+        <v>22</v>
+      </c>
+      <c r="G12" s="55" t="s">
+        <v>23</v>
+      </c>
+      <c r="H12" s="55" t="s">
+        <v>24</v>
+      </c>
+      <c r="I12" s="55" t="s">
+        <v>25</v>
+      </c>
+      <c r="J12" s="27"/>
+      <c r="K12" s="27"/>
+      <c r="L12" s="24"/>
+      <c r="M12" s="24"/>
+    </row>
+    <row r="13" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="B13" s="2"/>
+      <c r="C13" s="2"/>
+      <c r="D13" s="2"/>
+      <c r="E13" s="2"/>
+      <c r="F13" s="2"/>
+      <c r="G13" s="2"/>
+      <c r="H13" s="2"/>
+      <c r="I13" s="28"/>
+      <c r="J13" s="28"/>
+      <c r="K13" s="28"/>
+      <c r="L13" s="20"/>
+      <c r="M13" s="20"/>
+    </row>
+    <row r="14" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="24" t="s">
+        <v>12</v>
+      </c>
+      <c r="B14" s="1">
+        <v>5.25</v>
+      </c>
+      <c r="C14" s="3"/>
+      <c r="D14" s="4"/>
+      <c r="E14" s="4"/>
+      <c r="F14" s="4"/>
+      <c r="G14" s="4"/>
+      <c r="H14" s="4"/>
+      <c r="I14" s="4"/>
+      <c r="J14" s="3"/>
+      <c r="K14" s="3"/>
+      <c r="L14" s="13">
+        <f>SUM(C14:K14)</f>
+        <v>0</v>
+      </c>
+      <c r="M14" s="1">
+        <f t="shared" ref="M14:M19" si="0">B14*L14</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="24" t="s">
+        <v>13</v>
+      </c>
+      <c r="B15" s="1">
+        <v>7.3</v>
+      </c>
+      <c r="C15" s="3"/>
+      <c r="D15" s="3"/>
+      <c r="E15" s="4"/>
+      <c r="F15" s="4"/>
+      <c r="G15" s="4"/>
+      <c r="H15" s="4"/>
+      <c r="I15" s="4"/>
+      <c r="J15" s="3"/>
+      <c r="K15" s="3"/>
+      <c r="L15" s="13">
+        <f t="shared" ref="L15:L40" si="1">SUM(C15:K15)</f>
+        <v>0</v>
+      </c>
+      <c r="M15" s="1">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="24" t="s">
+        <v>14</v>
+      </c>
+      <c r="B16" s="1">
+        <v>22.5</v>
+      </c>
+      <c r="C16" s="3"/>
+      <c r="D16" s="3"/>
+      <c r="E16" s="4"/>
+      <c r="F16" s="4"/>
+      <c r="G16" s="4"/>
+      <c r="H16" s="4"/>
+      <c r="I16" s="4"/>
+      <c r="J16" s="3"/>
+      <c r="K16" s="3"/>
+      <c r="L16" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="M16" s="1">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="24" t="s">
+        <v>15</v>
+      </c>
+      <c r="B17" s="1">
+        <v>18.600000000000001</v>
+      </c>
+      <c r="C17" s="3"/>
+      <c r="D17" s="3"/>
+      <c r="E17" s="4"/>
+      <c r="F17" s="4"/>
+      <c r="G17" s="4"/>
+      <c r="H17" s="4"/>
+      <c r="I17" s="4"/>
+      <c r="J17" s="3"/>
+      <c r="K17" s="3"/>
+      <c r="L17" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="M17" s="1">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="24" t="s">
+        <v>16</v>
+      </c>
+      <c r="B18" s="1">
+        <v>15</v>
+      </c>
+      <c r="C18" s="3"/>
+      <c r="D18" s="4"/>
+      <c r="E18" s="4"/>
+      <c r="F18" s="4"/>
+      <c r="G18" s="4"/>
+      <c r="H18" s="4"/>
+      <c r="I18" s="4"/>
+      <c r="J18" s="3"/>
+      <c r="K18" s="3"/>
+      <c r="L18" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="M18" s="1">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="24" t="s">
+        <v>55</v>
+      </c>
+      <c r="B19" s="1">
+        <v>6.15</v>
+      </c>
+      <c r="C19" s="4"/>
+      <c r="D19" s="3"/>
+      <c r="E19" s="3"/>
+      <c r="F19" s="3"/>
+      <c r="G19" s="3"/>
+      <c r="H19" s="3"/>
+      <c r="I19" s="3"/>
+      <c r="J19" s="3"/>
+      <c r="K19" s="3"/>
+      <c r="L19" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="M19" s="1">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="24"/>
+      <c r="B20" s="24"/>
+      <c r="C20" s="25"/>
+      <c r="D20" s="56" t="s">
+        <v>26</v>
+      </c>
+      <c r="E20" s="56" t="s">
+        <v>49</v>
+      </c>
+      <c r="F20" s="56" t="s">
+        <v>50</v>
+      </c>
+      <c r="G20" s="56" t="s">
+        <v>52</v>
+      </c>
+      <c r="H20" s="56" t="s">
+        <v>28</v>
+      </c>
+      <c r="I20" s="56" t="s">
+        <v>27</v>
+      </c>
+      <c r="J20" s="56" t="s">
+        <v>53</v>
+      </c>
+      <c r="K20" s="56" t="s">
+        <v>54</v>
+      </c>
+      <c r="L20" s="24"/>
+      <c r="M20" s="24"/>
+    </row>
+    <row r="21" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="24" t="s">
+        <v>48</v>
+      </c>
+      <c r="B21" s="1">
+        <v>4.6500000000000004</v>
+      </c>
+      <c r="C21" s="3"/>
+      <c r="D21" s="4"/>
+      <c r="E21" s="4"/>
+      <c r="F21" s="3"/>
+      <c r="G21" s="3"/>
+      <c r="H21" s="3"/>
+      <c r="I21" s="3"/>
+      <c r="J21" s="3"/>
+      <c r="K21" s="3"/>
+      <c r="L21" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="M21" s="1">
+        <f t="shared" ref="M21:M28" si="2">B21*L21</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="B22" s="1">
+        <v>7</v>
+      </c>
+      <c r="C22" s="4"/>
+      <c r="D22" s="3"/>
+      <c r="E22" s="3"/>
+      <c r="F22" s="3"/>
+      <c r="G22" s="3"/>
+      <c r="H22" s="3"/>
+      <c r="I22" s="3"/>
+      <c r="J22" s="3"/>
+      <c r="K22" s="3"/>
+      <c r="L22" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="M22" s="1">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="24" t="s">
+        <v>18</v>
+      </c>
+      <c r="B23" s="1">
+        <v>5</v>
+      </c>
+      <c r="C23" s="4"/>
+      <c r="D23" s="3"/>
+      <c r="E23" s="3"/>
+      <c r="F23" s="3"/>
+      <c r="G23" s="3"/>
+      <c r="H23" s="3"/>
+      <c r="I23" s="3"/>
+      <c r="J23" s="3"/>
+      <c r="K23" s="3"/>
+      <c r="L23" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="M23" s="1">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="24" t="s">
+        <v>19</v>
+      </c>
+      <c r="B24" s="1">
+        <v>1.5</v>
+      </c>
+      <c r="C24" s="3"/>
+      <c r="D24" s="4"/>
+      <c r="E24" s="4"/>
+      <c r="F24" s="3"/>
+      <c r="G24" s="3"/>
+      <c r="H24" s="3"/>
+      <c r="I24" s="3"/>
+      <c r="J24" s="3"/>
+      <c r="K24" s="3"/>
+      <c r="L24" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="M24" s="1">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="24" t="s">
+        <v>30</v>
+      </c>
+      <c r="B25" s="1">
+        <v>1.99</v>
+      </c>
+      <c r="C25" s="4"/>
+      <c r="D25" s="3"/>
+      <c r="E25" s="3"/>
+      <c r="F25" s="3"/>
+      <c r="G25" s="3"/>
+      <c r="H25" s="3"/>
+      <c r="I25" s="3"/>
+      <c r="J25" s="3"/>
+      <c r="K25" s="3"/>
+      <c r="L25" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="M25" s="1">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="B26" s="1">
+        <v>11.8</v>
+      </c>
+      <c r="C26" s="4"/>
+      <c r="D26" s="3"/>
+      <c r="E26" s="3"/>
+      <c r="F26" s="3"/>
+      <c r="G26" s="3"/>
+      <c r="H26" s="3"/>
+      <c r="I26" s="3"/>
+      <c r="J26" s="3"/>
+      <c r="K26" s="3"/>
+      <c r="L26" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="M26" s="1">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="24" t="s">
+        <v>31</v>
+      </c>
+      <c r="B27" s="1">
+        <v>8.75</v>
+      </c>
+      <c r="C27" s="4"/>
+      <c r="D27" s="3"/>
+      <c r="E27" s="3"/>
+      <c r="F27" s="3"/>
+      <c r="G27" s="3"/>
+      <c r="H27" s="3"/>
+      <c r="I27" s="3"/>
+      <c r="J27" s="3"/>
+      <c r="K27" s="3"/>
+      <c r="L27" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="M27" s="1">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="24" t="s">
+        <v>51</v>
+      </c>
+      <c r="B28" s="1">
+        <v>1</v>
+      </c>
+      <c r="C28" s="4"/>
+      <c r="D28" s="3"/>
+      <c r="E28" s="3"/>
+      <c r="F28" s="3"/>
+      <c r="G28" s="3"/>
+      <c r="H28" s="3"/>
+      <c r="I28" s="3"/>
+      <c r="J28" s="3"/>
+      <c r="K28" s="3"/>
+      <c r="L28" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="M28" s="1">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B29" s="2"/>
+      <c r="C29" s="2"/>
+      <c r="D29" s="20"/>
+      <c r="E29" s="20"/>
+      <c r="F29" s="20"/>
+      <c r="G29" s="20"/>
+      <c r="H29" s="20"/>
+      <c r="I29" s="20"/>
+      <c r="J29" s="20"/>
+      <c r="K29" s="20"/>
+      <c r="L29" s="20"/>
+      <c r="M29" s="20"/>
+    </row>
+    <row r="30" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="24" t="s">
+        <v>47</v>
+      </c>
+      <c r="B30" s="1">
+        <v>3.4</v>
+      </c>
+      <c r="C30" s="3"/>
+      <c r="D30" s="4"/>
+      <c r="E30" s="4"/>
+      <c r="F30" s="5"/>
+      <c r="G30" s="5"/>
+      <c r="H30" s="5"/>
+      <c r="I30" s="5"/>
+      <c r="J30" s="5"/>
+      <c r="K30" s="5"/>
+      <c r="L30" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="M30" s="1">
+        <f>B30*L30</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="24" t="s">
+        <v>32</v>
+      </c>
+      <c r="B31" s="1">
+        <v>13.9</v>
+      </c>
+      <c r="C31" s="4"/>
+      <c r="D31" s="3"/>
+      <c r="E31" s="3"/>
+      <c r="F31" s="3"/>
+      <c r="G31" s="3"/>
+      <c r="H31" s="3"/>
+      <c r="I31" s="3"/>
+      <c r="J31" s="3"/>
+      <c r="K31" s="3"/>
+      <c r="L31" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="M31" s="1">
+        <f>B31*L31</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="B32" s="1">
+        <v>3.4</v>
+      </c>
+      <c r="C32" s="3"/>
+      <c r="D32" s="4"/>
+      <c r="E32" s="4"/>
+      <c r="F32" s="5"/>
+      <c r="G32" s="5"/>
+      <c r="H32" s="5"/>
+      <c r="I32" s="5"/>
+      <c r="J32" s="5"/>
+      <c r="K32" s="5"/>
+      <c r="L32" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="M32" s="1">
+        <f>B32*L32</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="24" t="s">
+        <v>62</v>
+      </c>
+      <c r="B33" s="1">
+        <v>79</v>
+      </c>
+      <c r="C33" s="4"/>
+      <c r="D33" s="5"/>
+      <c r="E33" s="5"/>
+      <c r="F33" s="5"/>
+      <c r="G33" s="5"/>
+      <c r="H33" s="5"/>
+      <c r="I33" s="5"/>
+      <c r="J33" s="5"/>
+      <c r="K33" s="5"/>
+      <c r="L33" s="13">
+        <f t="shared" ref="L33" si="3">SUM(C33:K33)</f>
+        <v>0</v>
+      </c>
+      <c r="M33" s="1">
+        <f>B33*L33</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" ht="34" x14ac:dyDescent="0.2">
+      <c r="A34" s="29" t="s">
+        <v>63</v>
+      </c>
+      <c r="B34" s="1">
+        <v>127</v>
+      </c>
+      <c r="C34" s="4"/>
+      <c r="D34" s="5"/>
+      <c r="E34" s="5"/>
+      <c r="F34" s="5"/>
+      <c r="G34" s="5"/>
+      <c r="H34" s="5"/>
+      <c r="I34" s="5"/>
+      <c r="J34" s="5"/>
+      <c r="K34" s="5"/>
+      <c r="L34" s="13">
+        <f t="shared" ref="L34" si="4">SUM(C34:K34)</f>
+        <v>0</v>
+      </c>
+      <c r="M34" s="1">
+        <f>B34*L34</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B35" s="2"/>
+      <c r="C35" s="2"/>
+      <c r="D35" s="2"/>
+      <c r="E35" s="2"/>
+      <c r="F35" s="2"/>
+      <c r="G35" s="2"/>
+      <c r="H35" s="2"/>
+      <c r="I35" s="2"/>
+      <c r="J35" s="2"/>
+      <c r="K35" s="2"/>
+      <c r="L35" s="20"/>
+      <c r="M35" s="20"/>
+    </row>
+    <row r="36" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="24" t="s">
+        <v>33</v>
+      </c>
+      <c r="B36" s="1">
+        <v>3</v>
+      </c>
+      <c r="C36" s="3"/>
+      <c r="D36" s="4"/>
+      <c r="E36" s="4"/>
+      <c r="F36" s="3"/>
+      <c r="G36" s="3"/>
+      <c r="H36" s="3"/>
+      <c r="I36" s="3"/>
+      <c r="J36" s="3"/>
+      <c r="K36" s="3"/>
+      <c r="L36" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="M36" s="1">
+        <f t="shared" ref="M36:M40" si="5">B36*L36</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="24" t="s">
+        <v>34</v>
+      </c>
+      <c r="B37" s="1">
+        <v>0.52</v>
+      </c>
+      <c r="C37" s="4"/>
+      <c r="D37" s="3"/>
+      <c r="E37" s="3"/>
+      <c r="F37" s="3"/>
+      <c r="G37" s="3"/>
+      <c r="H37" s="3"/>
+      <c r="I37" s="3"/>
+      <c r="J37" s="3"/>
+      <c r="K37" s="3"/>
+      <c r="L37" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="M37" s="1">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="24" t="s">
+        <v>42</v>
+      </c>
+      <c r="B38" s="1">
+        <v>0.5</v>
+      </c>
+      <c r="C38" s="3"/>
+      <c r="D38" s="4"/>
+      <c r="E38" s="4"/>
+      <c r="F38" s="4"/>
+      <c r="G38" s="3"/>
+      <c r="H38" s="4"/>
+      <c r="I38" s="4"/>
+      <c r="J38" s="4"/>
+      <c r="K38" s="4"/>
+      <c r="L38" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="M38" s="1">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="B39" s="1">
+        <v>0.24</v>
+      </c>
+      <c r="C39" s="3"/>
+      <c r="D39" s="4"/>
+      <c r="E39" s="4"/>
+      <c r="F39" s="4"/>
+      <c r="G39" s="4"/>
+      <c r="H39" s="4"/>
+      <c r="I39" s="4"/>
+      <c r="J39" s="3"/>
+      <c r="K39" s="5"/>
+      <c r="L39" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="M39" s="1">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="24" t="s">
+        <v>44</v>
+      </c>
+      <c r="B40" s="1">
+        <v>4.72</v>
+      </c>
+      <c r="C40" s="3"/>
+      <c r="D40" s="4"/>
+      <c r="E40" s="3"/>
+      <c r="F40" s="4"/>
+      <c r="G40" s="3"/>
+      <c r="H40" s="3"/>
+      <c r="I40" s="3"/>
+      <c r="J40" s="3"/>
+      <c r="K40" s="3"/>
+      <c r="L40" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="M40" s="1">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="24" t="s">
+        <v>56</v>
+      </c>
+      <c r="B41" s="1">
+        <v>0.99</v>
+      </c>
+      <c r="C41" s="4"/>
+      <c r="D41" s="5"/>
+      <c r="E41" s="5"/>
+      <c r="F41" s="5"/>
+      <c r="G41" s="5"/>
+      <c r="H41" s="5"/>
+      <c r="I41" s="5"/>
+      <c r="J41" s="3"/>
+      <c r="K41" s="3"/>
+      <c r="L41" s="13">
+        <f t="shared" ref="L41" si="6">SUM(C41:K41)</f>
+        <v>0</v>
+      </c>
+      <c r="M41" s="1">
+        <f t="shared" ref="M41" si="7">B41*L41</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" ht="16" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="24" t="s">
+        <v>45</v>
+      </c>
+      <c r="B42" s="1">
+        <v>0.6</v>
+      </c>
+      <c r="C42" s="3"/>
+      <c r="D42" s="4"/>
+      <c r="E42" s="4"/>
+      <c r="F42" s="4"/>
+      <c r="G42" s="4"/>
+      <c r="H42" s="4"/>
+      <c r="I42" s="4"/>
+      <c r="J42" s="4"/>
+      <c r="K42" s="3"/>
+      <c r="L42" s="13">
+        <f>SUM(C42:K42)</f>
+        <v>0</v>
+      </c>
+      <c r="M42" s="21">
+        <f>B42*L42</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" ht="16" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="30"/>
+      <c r="B43" s="22"/>
+      <c r="C43" s="22"/>
+      <c r="D43" s="22"/>
+      <c r="E43" s="22"/>
+      <c r="F43" s="22"/>
+      <c r="G43" s="22"/>
+      <c r="H43" s="22"/>
+      <c r="I43" s="22"/>
+      <c r="J43" s="22"/>
+      <c r="K43" s="22"/>
+      <c r="L43" s="59" t="s">
+        <v>11</v>
+      </c>
+      <c r="M43" s="23">
+        <f>SUM(M14:M42)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" ht="16" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A44" s="30"/>
+      <c r="B44" s="30"/>
+      <c r="C44" s="30"/>
+      <c r="D44" s="30"/>
+      <c r="E44" s="30"/>
+      <c r="F44" s="30"/>
+      <c r="G44" s="30"/>
+      <c r="H44" s="30"/>
+      <c r="I44" s="30"/>
+      <c r="J44" s="30"/>
+      <c r="K44" s="30"/>
+      <c r="L44" s="31"/>
+      <c r="M44" s="31"/>
+    </row>
+    <row r="45" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="26" t="s">
+        <v>41</v>
+      </c>
+      <c r="B45" s="32"/>
+      <c r="C45" s="32"/>
+      <c r="D45" s="32"/>
+      <c r="E45" s="32"/>
+      <c r="F45" s="33"/>
+      <c r="G45" s="34" t="s">
         <v>36</v>
       </c>
-      <c r="D12" s="4" t="s">
-[...274 lines deleted...]
-      <c r="B23" s="8">
+      <c r="H45" s="35"/>
+      <c r="I45" s="35"/>
+      <c r="J45" s="35"/>
+      <c r="K45" s="35"/>
+      <c r="L45" s="35"/>
+      <c r="M45" s="36"/>
+    </row>
+    <row r="46" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="26" t="s">
+        <v>2</v>
+      </c>
+      <c r="B46" s="32"/>
+      <c r="C46" s="32"/>
+      <c r="D46" s="32"/>
+      <c r="E46" s="32"/>
+      <c r="F46" s="33"/>
+      <c r="G46" s="37"/>
+      <c r="H46" s="38"/>
+      <c r="I46" s="38"/>
+      <c r="J46" s="38"/>
+      <c r="K46" s="38"/>
+      <c r="L46" s="38"/>
+      <c r="M46" s="39"/>
+    </row>
+    <row r="47" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="6"/>
+      <c r="B47" s="32"/>
+      <c r="C47" s="32"/>
+      <c r="D47" s="32"/>
+      <c r="E47" s="32"/>
+      <c r="F47" s="33"/>
+      <c r="G47" s="40"/>
+      <c r="H47" s="41"/>
+      <c r="I47" s="41"/>
+      <c r="J47" s="41"/>
+      <c r="K47" s="41"/>
+      <c r="L47" s="41"/>
+      <c r="M47" s="42"/>
+    </row>
+    <row r="48" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="6"/>
+      <c r="B48" s="32"/>
+      <c r="C48" s="32"/>
+      <c r="D48" s="32"/>
+      <c r="E48" s="32"/>
+      <c r="F48" s="33"/>
+      <c r="G48" s="40"/>
+      <c r="H48" s="41"/>
+      <c r="I48" s="41"/>
+      <c r="J48" s="41"/>
+      <c r="K48" s="41"/>
+      <c r="L48" s="41"/>
+      <c r="M48" s="42"/>
+    </row>
+    <row r="49" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="B49" s="32"/>
+      <c r="C49" s="32"/>
+      <c r="D49" s="32"/>
+      <c r="E49" s="32"/>
+      <c r="F49" s="33"/>
+      <c r="G49" s="40"/>
+      <c r="H49" s="41"/>
+      <c r="I49" s="41"/>
+      <c r="J49" s="41"/>
+      <c r="K49" s="41"/>
+      <c r="L49" s="41"/>
+      <c r="M49" s="42"/>
+    </row>
+    <row r="50" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="B50" s="43"/>
+      <c r="C50" s="44"/>
+      <c r="D50" s="44"/>
+      <c r="E50" s="45"/>
+      <c r="F50" s="33"/>
+      <c r="G50" s="40"/>
+      <c r="H50" s="41"/>
+      <c r="I50" s="41"/>
+      <c r="J50" s="41"/>
+      <c r="K50" s="41"/>
+      <c r="L50" s="41"/>
+      <c r="M50" s="42"/>
+    </row>
+    <row r="51" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="49" t="s">
+        <v>40</v>
+      </c>
+      <c r="B51" s="32"/>
+      <c r="C51" s="32"/>
+      <c r="D51" s="32"/>
+      <c r="E51" s="32"/>
+      <c r="F51" s="33"/>
+      <c r="G51" s="40"/>
+      <c r="H51" s="41"/>
+      <c r="I51" s="41"/>
+      <c r="J51" s="41"/>
+      <c r="K51" s="41"/>
+      <c r="L51" s="41"/>
+      <c r="M51" s="42"/>
+    </row>
+    <row r="52" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="26" t="s">
+        <v>3</v>
+      </c>
+      <c r="B52" s="43"/>
+      <c r="C52" s="44"/>
+      <c r="D52" s="44"/>
+      <c r="E52" s="45"/>
+      <c r="F52" s="33"/>
+      <c r="G52" s="40"/>
+      <c r="H52" s="41"/>
+      <c r="I52" s="41"/>
+      <c r="J52" s="41"/>
+      <c r="K52" s="41"/>
+      <c r="L52" s="41"/>
+      <c r="M52" s="42"/>
+    </row>
+    <row r="53" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A53" s="26" t="s">
+        <v>4</v>
+      </c>
+      <c r="B53" s="32"/>
+      <c r="C53" s="32"/>
+      <c r="D53" s="32"/>
+      <c r="E53" s="32"/>
+      <c r="F53" s="33"/>
+      <c r="G53" s="40"/>
+      <c r="H53" s="41"/>
+      <c r="I53" s="41"/>
+      <c r="J53" s="41"/>
+      <c r="K53" s="41"/>
+      <c r="L53" s="41"/>
+      <c r="M53" s="42"/>
+    </row>
+    <row r="54" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A54" s="26" t="s">
         <v>5</v>
       </c>
-      <c r="C23" s="33"/>
-[...402 lines deleted...]
-      <c r="A40" s="7" t="s">
+      <c r="B54" s="32"/>
+      <c r="C54" s="32"/>
+      <c r="D54" s="32"/>
+      <c r="E54" s="32"/>
+      <c r="F54" s="33"/>
+      <c r="G54" s="46"/>
+      <c r="H54" s="47"/>
+      <c r="I54" s="47"/>
+      <c r="J54" s="47"/>
+      <c r="K54" s="47"/>
+      <c r="L54" s="47"/>
+      <c r="M54" s="48"/>
+    </row>
+    <row r="55" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A55" s="50"/>
+      <c r="B55" s="51"/>
+      <c r="C55" s="51"/>
+      <c r="D55" s="51"/>
+      <c r="E55" s="51"/>
+      <c r="F55" s="52"/>
+      <c r="G55" s="53"/>
+      <c r="H55" s="53"/>
+      <c r="I55" s="53"/>
+      <c r="J55" s="53"/>
+      <c r="K55" s="53"/>
+      <c r="L55" s="53"/>
+      <c r="M55" s="53"/>
+    </row>
+    <row r="56" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A56" s="50" t="s">
+        <v>60</v>
+      </c>
+      <c r="B56" s="51"/>
+      <c r="C56" s="51"/>
+      <c r="D56" s="51"/>
+      <c r="E56" s="51"/>
+      <c r="F56" s="52"/>
+      <c r="G56" s="53"/>
+      <c r="H56" s="53"/>
+      <c r="I56" s="53"/>
+      <c r="J56" s="53"/>
+      <c r="K56" s="53"/>
+      <c r="L56" s="53"/>
+      <c r="M56" s="53"/>
+    </row>
+    <row r="57" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A57" s="54" t="s">
+        <v>57</v>
+      </c>
+      <c r="B57" s="54"/>
+      <c r="C57" s="54"/>
+      <c r="D57" s="54"/>
+      <c r="E57" s="54"/>
+      <c r="F57" s="54"/>
+      <c r="G57" s="54"/>
+      <c r="H57" s="54"/>
+      <c r="I57" s="54"/>
+      <c r="J57" s="54"/>
+      <c r="K57" s="54"/>
+      <c r="L57" s="54"/>
+      <c r="M57" s="54"/>
+    </row>
+    <row r="58" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A58" s="33" t="s">
         <v>58</v>
       </c>
-      <c r="B40" s="8">
-[...271 lines deleted...]
-      <c r="A56" s="54" t="s">
+      <c r="B58" s="33"/>
+      <c r="C58" s="33"/>
+      <c r="D58" s="33"/>
+      <c r="E58" s="33"/>
+      <c r="F58" s="33"/>
+      <c r="G58" s="33"/>
+      <c r="H58" s="33"/>
+      <c r="I58" s="33"/>
+      <c r="J58" s="33"/>
+      <c r="K58" s="33"/>
+      <c r="L58" s="33"/>
+      <c r="M58" s="33"/>
+    </row>
+    <row r="59" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A59" s="33" t="s">
         <v>59</v>
       </c>
-      <c r="B56" s="54"/>
-[...22 lines deleted...]
-    <row r="59" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2"/>
+      <c r="B59" s="33"/>
+      <c r="C59" s="33"/>
+      <c r="D59" s="33"/>
+      <c r="E59" s="33"/>
+      <c r="F59" s="33"/>
+      <c r="G59" s="33"/>
+      <c r="H59" s="33"/>
+      <c r="I59" s="33"/>
+      <c r="J59" s="33"/>
+      <c r="K59" s="33"/>
+      <c r="L59" s="33"/>
+      <c r="M59" s="33"/>
+    </row>
+    <row r="60" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="bCGYfZ7P3bkDnCH3O9FlfoVwviXnnUcBrk8aMFXpu38Oo3DPOx0GEPZdj8JgkGxkDvVO8fHR8x3UT2jDl8yAaw==" saltValue="YRxm5zW+fx/HCmkWCTc/0Q==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="18">
-    <mergeCell ref="A56:M56"/>
+    <mergeCell ref="A57:M57"/>
     <mergeCell ref="A9:M10"/>
     <mergeCell ref="C11:K11"/>
-    <mergeCell ref="G45:M53"/>
-    <mergeCell ref="B44:E44"/>
+    <mergeCell ref="G46:M54"/>
     <mergeCell ref="B45:E45"/>
     <mergeCell ref="B46:E46"/>
     <mergeCell ref="B47:E47"/>
     <mergeCell ref="B48:E48"/>
+    <mergeCell ref="B49:E49"/>
+    <mergeCell ref="B51:E51"/>
+    <mergeCell ref="B53:E53"/>
+    <mergeCell ref="B54:E54"/>
     <mergeCell ref="B50:E50"/>
     <mergeCell ref="B52:E52"/>
-    <mergeCell ref="B53:E53"/>
-[...1 lines deleted...]
-    <mergeCell ref="B51:E51"/>
     <mergeCell ref="A1:K7"/>
     <mergeCell ref="L1:M7"/>
-    <mergeCell ref="G44:M44"/>
+    <mergeCell ref="G45:M45"/>
     <mergeCell ref="A8:M8"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A9" r:id="rId1" xr:uid="{3881493A-E177-6840-8873-6F679965C07C}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="95" orientation="portrait" horizontalDpi="0" verticalDpi="0"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A9" sqref="A9:M10"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A9" sqref="A9:M10"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">