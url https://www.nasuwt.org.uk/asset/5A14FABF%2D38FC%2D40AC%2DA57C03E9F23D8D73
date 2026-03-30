--- v1 (2025-12-16)
+++ v2 (2026-03-30)
@@ -6,126 +6,128 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="11012"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/michelle/Desktop/Website/2025/Despatch/Promo items/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/michelle/Desktop/Website/2026/Despatch/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D8C54FA2-5432-7443-B48C-933717659C80}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1AE3BEA3-55FE-AF4D-8AE0-68A9F5C5F07F}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="420" yWindow="500" windowWidth="21660" windowHeight="24640" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="5280" yWindow="500" windowWidth="21660" windowHeight="24640" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="181029"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="L33" i="1" l="1"/>
-  <c r="M33" i="1" s="1"/>
+  <c r="L29" i="1" l="1"/>
+  <c r="M29" i="1" s="1"/>
   <c r="L34" i="1" l="1"/>
   <c r="M34" i="1" s="1"/>
-  <c r="L41" i="1" l="1"/>
-  <c r="M41" i="1" s="1"/>
+  <c r="L35" i="1" l="1"/>
+  <c r="M35" i="1" s="1"/>
   <c r="L42" i="1" l="1"/>
+  <c r="M42" i="1" s="1"/>
+  <c r="L43" i="1" l="1"/>
+  <c r="L41" i="1"/>
   <c r="L40" i="1"/>
   <c r="L39" i="1"/>
   <c r="L38" i="1"/>
   <c r="L37" i="1"/>
-  <c r="L36" i="1"/>
+  <c r="L33" i="1"/>
   <c r="L32" i="1"/>
   <c r="L31" i="1"/>
-  <c r="L30" i="1"/>
   <c r="L21" i="1"/>
   <c r="L22" i="1"/>
   <c r="L23" i="1"/>
   <c r="L24" i="1"/>
   <c r="L25" i="1"/>
   <c r="L26" i="1"/>
   <c r="L27" i="1"/>
   <c r="L28" i="1"/>
   <c r="L15" i="1"/>
   <c r="L16" i="1"/>
   <c r="L17" i="1"/>
   <c r="L18" i="1"/>
   <c r="L19" i="1"/>
   <c r="L14" i="1"/>
   <c r="M19" i="1" l="1"/>
   <c r="M28" i="1" l="1"/>
   <c r="M14" i="1" l="1"/>
   <c r="M15" i="1" l="1"/>
   <c r="M16" i="1"/>
   <c r="M17" i="1"/>
   <c r="M18" i="1"/>
   <c r="M21" i="1"/>
   <c r="M22" i="1"/>
   <c r="M23" i="1"/>
   <c r="M24" i="1"/>
   <c r="M25" i="1"/>
   <c r="M26" i="1"/>
   <c r="M27" i="1"/>
-  <c r="M30" i="1"/>
   <c r="M31" i="1"/>
   <c r="M32" i="1"/>
-  <c r="M36" i="1"/>
+  <c r="M33" i="1"/>
   <c r="M37" i="1"/>
   <c r="M38" i="1"/>
   <c r="M39" i="1"/>
   <c r="M40" i="1"/>
-  <c r="M42" i="1"/>
-  <c r="M43" i="1" l="1"/>
+  <c r="M41" i="1"/>
+  <c r="M43" i="1"/>
+  <c r="M44" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="66" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="67" uniqueCount="67">
   <si>
     <t>Item</t>
   </si>
   <si>
     <t>Qty</t>
   </si>
   <si>
     <t>Delivery Address</t>
   </si>
   <si>
     <t>Charge to Imprest</t>
   </si>
   <si>
     <t xml:space="preserve">Name of LA/Federation </t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>Promotional Items Order Form</t>
   </si>
   <si>
     <t>Clothing and accessories</t>
   </si>
   <si>
@@ -280,50 +282,53 @@
   </si>
   <si>
     <t>All orders are subject to availability.</t>
   </si>
   <si>
     <t>If we have any issues fulfilling your order, we will contact you using the email address you supply on this form.</t>
   </si>
   <si>
     <t>Notes</t>
   </si>
   <si>
     <t>For descriptions and photos, see our online Promotional Items Catalogue</t>
   </si>
   <si>
     <t>Flat tablecloth (8' x 7')</t>
   </si>
   <si>
     <t>Fitted tablecloth (for 6' x 2' table, slight stretch)</t>
   </si>
   <si>
     <t>Size/colour</t>
   </si>
   <si>
     <t>Generic/
 navy</t>
+  </si>
+  <si>
+    <t>Lanyard</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="&quot;£&quot;#,##0.00"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -582,226 +587,226 @@
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="61">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="1" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="1" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-[...44 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...65 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...10 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF12154D"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -1167,1314 +1172,1339 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nasuwt.org.uk/PromotionalItemsCatalogue" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:M60"/>
+  <dimension ref="A1:M61"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A9" sqref="A9:M10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.1640625" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="35.33203125" style="16" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="14" max="16384" width="9.1640625" style="16"/>
+    <col min="1" max="1" width="35.33203125" style="8" bestFit="1" customWidth="1"/>
+    <col min="2" max="12" width="10.83203125" style="8" customWidth="1"/>
+    <col min="13" max="13" width="18.83203125" style="8" customWidth="1"/>
+    <col min="14" max="16384" width="9.1640625" style="8"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="7" t="s">
+      <c r="A1" s="50" t="s">
         <v>6</v>
       </c>
-      <c r="B1" s="7"/>
-[...10 lines deleted...]
-      <c r="M1" s="15"/>
+      <c r="B1" s="50"/>
+      <c r="C1" s="50"/>
+      <c r="D1" s="50"/>
+      <c r="E1" s="50"/>
+      <c r="F1" s="50"/>
+      <c r="G1" s="50"/>
+      <c r="H1" s="50"/>
+      <c r="I1" s="50"/>
+      <c r="J1" s="50"/>
+      <c r="K1" s="50"/>
+      <c r="L1" s="52"/>
+      <c r="M1" s="53"/>
     </row>
     <row r="2" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A2" s="7"/>
-[...11 lines deleted...]
-      <c r="M2" s="15"/>
+      <c r="A2" s="50"/>
+      <c r="B2" s="50"/>
+      <c r="C2" s="50"/>
+      <c r="D2" s="50"/>
+      <c r="E2" s="50"/>
+      <c r="F2" s="50"/>
+      <c r="G2" s="50"/>
+      <c r="H2" s="50"/>
+      <c r="I2" s="50"/>
+      <c r="J2" s="50"/>
+      <c r="K2" s="50"/>
+      <c r="L2" s="52"/>
+      <c r="M2" s="53"/>
     </row>
     <row r="3" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A3" s="7"/>
-[...11 lines deleted...]
-      <c r="M3" s="15"/>
+      <c r="A3" s="50"/>
+      <c r="B3" s="50"/>
+      <c r="C3" s="50"/>
+      <c r="D3" s="50"/>
+      <c r="E3" s="50"/>
+      <c r="F3" s="50"/>
+      <c r="G3" s="50"/>
+      <c r="H3" s="50"/>
+      <c r="I3" s="50"/>
+      <c r="J3" s="50"/>
+      <c r="K3" s="50"/>
+      <c r="L3" s="52"/>
+      <c r="M3" s="53"/>
     </row>
     <row r="4" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="7"/>
-[...11 lines deleted...]
-      <c r="M4" s="15"/>
+      <c r="A4" s="50"/>
+      <c r="B4" s="50"/>
+      <c r="C4" s="50"/>
+      <c r="D4" s="50"/>
+      <c r="E4" s="50"/>
+      <c r="F4" s="50"/>
+      <c r="G4" s="50"/>
+      <c r="H4" s="50"/>
+      <c r="I4" s="50"/>
+      <c r="J4" s="50"/>
+      <c r="K4" s="50"/>
+      <c r="L4" s="52"/>
+      <c r="M4" s="53"/>
     </row>
     <row r="5" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="7"/>
-[...11 lines deleted...]
-      <c r="M5" s="15"/>
+      <c r="A5" s="50"/>
+      <c r="B5" s="50"/>
+      <c r="C5" s="50"/>
+      <c r="D5" s="50"/>
+      <c r="E5" s="50"/>
+      <c r="F5" s="50"/>
+      <c r="G5" s="50"/>
+      <c r="H5" s="50"/>
+      <c r="I5" s="50"/>
+      <c r="J5" s="50"/>
+      <c r="K5" s="50"/>
+      <c r="L5" s="52"/>
+      <c r="M5" s="53"/>
     </row>
     <row r="6" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="7"/>
-[...11 lines deleted...]
-      <c r="M6" s="15"/>
+      <c r="A6" s="50"/>
+      <c r="B6" s="50"/>
+      <c r="C6" s="50"/>
+      <c r="D6" s="50"/>
+      <c r="E6" s="50"/>
+      <c r="F6" s="50"/>
+      <c r="G6" s="50"/>
+      <c r="H6" s="50"/>
+      <c r="I6" s="50"/>
+      <c r="J6" s="50"/>
+      <c r="K6" s="50"/>
+      <c r="L6" s="52"/>
+      <c r="M6" s="53"/>
     </row>
     <row r="7" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A7" s="8"/>
-[...11 lines deleted...]
-      <c r="M7" s="18"/>
+      <c r="A7" s="51"/>
+      <c r="B7" s="51"/>
+      <c r="C7" s="51"/>
+      <c r="D7" s="51"/>
+      <c r="E7" s="51"/>
+      <c r="F7" s="51"/>
+      <c r="G7" s="51"/>
+      <c r="H7" s="51"/>
+      <c r="I7" s="51"/>
+      <c r="J7" s="51"/>
+      <c r="K7" s="51"/>
+      <c r="L7" s="54"/>
+      <c r="M7" s="55"/>
     </row>
     <row r="8" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A8" s="9" t="s">
+      <c r="A8" s="59" t="s">
         <v>61</v>
       </c>
-      <c r="B8" s="10"/>
-[...10 lines deleted...]
-      <c r="M8" s="10"/>
+      <c r="B8" s="60"/>
+      <c r="C8" s="60"/>
+      <c r="D8" s="60"/>
+      <c r="E8" s="60"/>
+      <c r="F8" s="60"/>
+      <c r="G8" s="60"/>
+      <c r="H8" s="60"/>
+      <c r="I8" s="60"/>
+      <c r="J8" s="60"/>
+      <c r="K8" s="60"/>
+      <c r="L8" s="60"/>
+      <c r="M8" s="60"/>
     </row>
     <row r="9" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A9" s="11" t="s">
+      <c r="A9" s="34" t="s">
         <v>37</v>
       </c>
-      <c r="B9" s="11"/>
-[...25 lines deleted...]
-      <c r="M10" s="12"/>
+      <c r="B9" s="34"/>
+      <c r="C9" s="34"/>
+      <c r="D9" s="34"/>
+      <c r="E9" s="34"/>
+      <c r="F9" s="34"/>
+      <c r="G9" s="34"/>
+      <c r="H9" s="34"/>
+      <c r="I9" s="34"/>
+      <c r="J9" s="34"/>
+      <c r="K9" s="34"/>
+      <c r="L9" s="34"/>
+      <c r="M9" s="34"/>
+    </row>
+    <row r="10" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="35"/>
+      <c r="B10" s="35"/>
+      <c r="C10" s="35"/>
+      <c r="D10" s="35"/>
+      <c r="E10" s="35"/>
+      <c r="F10" s="35"/>
+      <c r="G10" s="35"/>
+      <c r="H10" s="35"/>
+      <c r="I10" s="35"/>
+      <c r="J10" s="35"/>
+      <c r="K10" s="35"/>
+      <c r="L10" s="35"/>
+      <c r="M10" s="35"/>
     </row>
     <row r="11" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A11" s="26" t="s">
-[...2 lines deleted...]
-      <c r="B11" s="26" t="s">
+      <c r="A11" s="16" t="s">
+        <v>0</v>
+      </c>
+      <c r="B11" s="16" t="s">
         <v>10</v>
       </c>
-      <c r="C11" s="57" t="s">
+      <c r="C11" s="36" t="s">
         <v>64</v>
       </c>
-      <c r="D11" s="57"/>
-[...7 lines deleted...]
-      <c r="L11" s="58" t="s">
+      <c r="D11" s="36"/>
+      <c r="E11" s="36"/>
+      <c r="F11" s="36"/>
+      <c r="G11" s="36"/>
+      <c r="H11" s="36"/>
+      <c r="I11" s="36"/>
+      <c r="J11" s="36"/>
+      <c r="K11" s="36"/>
+      <c r="L11" s="30" t="s">
         <v>1</v>
       </c>
-      <c r="M11" s="58" t="s">
+      <c r="M11" s="30" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="12" spans="1:13" ht="34" x14ac:dyDescent="0.2">
-      <c r="A12" s="24"/>
-[...1 lines deleted...]
-      <c r="C12" s="60" t="s">
+      <c r="A12" s="14"/>
+      <c r="B12" s="14"/>
+      <c r="C12" s="32" t="s">
         <v>65</v>
       </c>
-      <c r="D12" s="55" t="s">
+      <c r="D12" s="28" t="s">
         <v>20</v>
       </c>
-      <c r="E12" s="55" t="s">
+      <c r="E12" s="28" t="s">
         <v>21</v>
       </c>
-      <c r="F12" s="55" t="s">
+      <c r="F12" s="28" t="s">
         <v>22</v>
       </c>
-      <c r="G12" s="55" t="s">
+      <c r="G12" s="28" t="s">
         <v>23</v>
       </c>
-      <c r="H12" s="55" t="s">
+      <c r="H12" s="28" t="s">
         <v>24</v>
       </c>
-      <c r="I12" s="55" t="s">
+      <c r="I12" s="28" t="s">
         <v>25</v>
       </c>
-      <c r="J12" s="27"/>
-[...2 lines deleted...]
-      <c r="M12" s="24"/>
+      <c r="J12" s="17"/>
+      <c r="K12" s="17"/>
+      <c r="L12" s="14"/>
+      <c r="M12" s="14"/>
     </row>
     <row r="13" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="2" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="2"/>
       <c r="C13" s="2"/>
       <c r="D13" s="2"/>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
-      <c r="I13" s="28"/>
-[...3 lines deleted...]
-      <c r="M13" s="20"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+      <c r="K13" s="18"/>
+      <c r="L13" s="10"/>
+      <c r="M13" s="10"/>
     </row>
     <row r="14" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="24" t="s">
+      <c r="A14" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B14" s="1">
         <v>5.25</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="4"/>
       <c r="E14" s="4"/>
       <c r="F14" s="4"/>
       <c r="G14" s="4"/>
       <c r="H14" s="4"/>
       <c r="I14" s="4"/>
       <c r="J14" s="3"/>
       <c r="K14" s="3"/>
-      <c r="L14" s="13">
+      <c r="L14" s="7">
         <f>SUM(C14:K14)</f>
         <v>0</v>
       </c>
       <c r="M14" s="1">
         <f t="shared" ref="M14:M19" si="0">B14*L14</f>
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A15" s="24" t="s">
+      <c r="A15" s="14" t="s">
         <v>13</v>
       </c>
       <c r="B15" s="1">
         <v>7.3</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3"/>
       <c r="E15" s="4"/>
       <c r="F15" s="4"/>
       <c r="G15" s="4"/>
       <c r="H15" s="4"/>
       <c r="I15" s="4"/>
       <c r="J15" s="3"/>
       <c r="K15" s="3"/>
-      <c r="L15" s="13">
-        <f t="shared" ref="L15:L40" si="1">SUM(C15:K15)</f>
+      <c r="L15" s="7">
+        <f t="shared" ref="L15:L41" si="1">SUM(C15:K15)</f>
         <v>0</v>
       </c>
       <c r="M15" s="1">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A16" s="24" t="s">
+      <c r="A16" s="14" t="s">
         <v>14</v>
       </c>
       <c r="B16" s="1">
         <v>22.5</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3"/>
       <c r="E16" s="4"/>
       <c r="F16" s="4"/>
       <c r="G16" s="4"/>
       <c r="H16" s="4"/>
       <c r="I16" s="4"/>
       <c r="J16" s="3"/>
       <c r="K16" s="3"/>
-      <c r="L16" s="13">
+      <c r="L16" s="7">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="M16" s="1">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A17" s="24" t="s">
+      <c r="A17" s="14" t="s">
         <v>15</v>
       </c>
       <c r="B17" s="1">
         <v>18.600000000000001</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="4"/>
       <c r="F17" s="4"/>
       <c r="G17" s="4"/>
       <c r="H17" s="4"/>
       <c r="I17" s="4"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
-      <c r="L17" s="13">
+      <c r="L17" s="7">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="M17" s="1">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A18" s="24" t="s">
+      <c r="A18" s="14" t="s">
         <v>16</v>
       </c>
       <c r="B18" s="1">
         <v>15</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="4"/>
       <c r="E18" s="4"/>
       <c r="F18" s="4"/>
       <c r="G18" s="4"/>
       <c r="H18" s="4"/>
       <c r="I18" s="4"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
-      <c r="L18" s="13">
+      <c r="L18" s="7">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="M18" s="1">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A19" s="24" t="s">
+      <c r="A19" s="14" t="s">
         <v>55</v>
       </c>
       <c r="B19" s="1">
         <v>6.15</v>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
-      <c r="L19" s="13">
+      <c r="L19" s="7">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="M19" s="1">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A20" s="24"/>
-[...2 lines deleted...]
-      <c r="D20" s="56" t="s">
+      <c r="A20" s="14"/>
+      <c r="B20" s="14"/>
+      <c r="C20" s="15"/>
+      <c r="D20" s="29" t="s">
         <v>26</v>
       </c>
-      <c r="E20" s="56" t="s">
+      <c r="E20" s="29" t="s">
         <v>49</v>
       </c>
-      <c r="F20" s="56" t="s">
+      <c r="F20" s="29" t="s">
         <v>50</v>
       </c>
-      <c r="G20" s="56" t="s">
+      <c r="G20" s="29" t="s">
         <v>52</v>
       </c>
-      <c r="H20" s="56" t="s">
+      <c r="H20" s="29" t="s">
         <v>28</v>
       </c>
-      <c r="I20" s="56" t="s">
+      <c r="I20" s="29" t="s">
         <v>27</v>
       </c>
-      <c r="J20" s="56" t="s">
+      <c r="J20" s="29" t="s">
         <v>53</v>
       </c>
-      <c r="K20" s="56" t="s">
+      <c r="K20" s="29" t="s">
         <v>54</v>
       </c>
-      <c r="L20" s="24"/>
-      <c r="M20" s="24"/>
+      <c r="L20" s="14"/>
+      <c r="M20" s="14"/>
     </row>
     <row r="21" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A21" s="24" t="s">
+      <c r="A21" s="14" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="1">
         <v>4.6500000000000004</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="4"/>
       <c r="E21" s="4"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
-      <c r="L21" s="13">
+      <c r="L21" s="7">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="M21" s="1">
         <f t="shared" ref="M21:M28" si="2">B21*L21</f>
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A22" s="24" t="s">
+      <c r="A22" s="14" t="s">
         <v>17</v>
       </c>
       <c r="B22" s="1">
         <v>7</v>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
-      <c r="L22" s="13">
+      <c r="L22" s="7">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="M22" s="1">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A23" s="24" t="s">
+      <c r="A23" s="14" t="s">
         <v>18</v>
       </c>
       <c r="B23" s="1">
         <v>5</v>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="3"/>
       <c r="E23" s="3"/>
       <c r="F23" s="3"/>
       <c r="G23" s="3"/>
       <c r="H23" s="3"/>
       <c r="I23" s="3"/>
       <c r="J23" s="3"/>
       <c r="K23" s="3"/>
-      <c r="L23" s="13">
+      <c r="L23" s="7">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="M23" s="1">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A24" s="24" t="s">
+      <c r="A24" s="14" t="s">
         <v>19</v>
       </c>
       <c r="B24" s="1">
         <v>1.5</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="4"/>
       <c r="E24" s="4"/>
       <c r="F24" s="3"/>
       <c r="G24" s="3"/>
       <c r="H24" s="3"/>
       <c r="I24" s="3"/>
       <c r="J24" s="3"/>
       <c r="K24" s="3"/>
-      <c r="L24" s="13">
+      <c r="L24" s="7">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="M24" s="1">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A25" s="24" t="s">
+      <c r="A25" s="14" t="s">
         <v>30</v>
       </c>
       <c r="B25" s="1">
         <v>1.99</v>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="3"/>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="3"/>
       <c r="K25" s="3"/>
-      <c r="L25" s="13">
+      <c r="L25" s="7">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="M25" s="1">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A26" s="24" t="s">
+      <c r="A26" s="14" t="s">
         <v>29</v>
       </c>
       <c r="B26" s="1">
         <v>11.8</v>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="3"/>
       <c r="E26" s="3"/>
       <c r="F26" s="3"/>
       <c r="G26" s="3"/>
       <c r="H26" s="3"/>
       <c r="I26" s="3"/>
       <c r="J26" s="3"/>
       <c r="K26" s="3"/>
-      <c r="L26" s="13">
+      <c r="L26" s="7">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="M26" s="1">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A27" s="24" t="s">
+      <c r="A27" s="14" t="s">
         <v>31</v>
       </c>
       <c r="B27" s="1">
         <v>8.75</v>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
-      <c r="L27" s="13">
+      <c r="L27" s="7">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="M27" s="1">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A28" s="24" t="s">
+      <c r="A28" s="14" t="s">
         <v>51</v>
       </c>
       <c r="B28" s="1">
         <v>1</v>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
       <c r="K28" s="3"/>
-      <c r="L28" s="13">
+      <c r="L28" s="7">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="M28" s="1">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A29" s="2" t="s">
+      <c r="A29" s="14" t="s">
+        <v>66</v>
+      </c>
+      <c r="B29" s="1">
+        <v>0.7</v>
+      </c>
+      <c r="C29" s="4"/>
+      <c r="D29" s="3"/>
+      <c r="E29" s="3"/>
+      <c r="F29" s="3"/>
+      <c r="G29" s="3"/>
+      <c r="H29" s="3"/>
+      <c r="I29" s="3"/>
+      <c r="J29" s="3"/>
+      <c r="K29" s="3"/>
+      <c r="L29" s="7">
+        <f t="shared" ref="L29" si="3">SUM(C29:K29)</f>
+        <v>0</v>
+      </c>
+      <c r="M29" s="1">
+        <f t="shared" ref="M29" si="4">B29*L29</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="B29" s="2"/>
-[...13 lines deleted...]
-      <c r="A30" s="24" t="s">
+      <c r="B30" s="2"/>
+      <c r="C30" s="2"/>
+      <c r="D30" s="10"/>
+      <c r="E30" s="10"/>
+      <c r="F30" s="10"/>
+      <c r="G30" s="10"/>
+      <c r="H30" s="10"/>
+      <c r="I30" s="10"/>
+      <c r="J30" s="10"/>
+      <c r="K30" s="10"/>
+      <c r="L30" s="10"/>
+      <c r="M30" s="10"/>
+    </row>
+    <row r="31" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="14" t="s">
         <v>47</v>
       </c>
-      <c r="B30" s="1">
+      <c r="B31" s="1">
         <v>3.4</v>
       </c>
-      <c r="C30" s="3"/>
-[...33 lines deleted...]
-      <c r="L31" s="13">
+      <c r="C31" s="3"/>
+      <c r="D31" s="4"/>
+      <c r="E31" s="4"/>
+      <c r="F31" s="5"/>
+      <c r="G31" s="5"/>
+      <c r="H31" s="5"/>
+      <c r="I31" s="5"/>
+      <c r="J31" s="5"/>
+      <c r="K31" s="5"/>
+      <c r="L31" s="7">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="M31" s="1">
         <f>B31*L31</f>
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A32" s="24" t="s">
-        <v>46</v>
+      <c r="A32" s="14" t="s">
+        <v>32</v>
       </c>
       <c r="B32" s="1">
-        <v>3.4</v>
-[...10 lines deleted...]
-      <c r="L32" s="13">
+        <v>13.9</v>
+      </c>
+      <c r="C32" s="4"/>
+      <c r="D32" s="3"/>
+      <c r="E32" s="3"/>
+      <c r="F32" s="3"/>
+      <c r="G32" s="3"/>
+      <c r="H32" s="3"/>
+      <c r="I32" s="3"/>
+      <c r="J32" s="3"/>
+      <c r="K32" s="3"/>
+      <c r="L32" s="7">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="M32" s="1">
         <f>B32*L32</f>
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A33" s="24" t="s">
-        <v>62</v>
+      <c r="A33" s="14" t="s">
+        <v>46</v>
       </c>
       <c r="B33" s="1">
-        <v>79</v>
-[...3 lines deleted...]
-      <c r="E33" s="5"/>
+        <v>3.4</v>
+      </c>
+      <c r="C33" s="3"/>
+      <c r="D33" s="4"/>
+      <c r="E33" s="4"/>
       <c r="F33" s="5"/>
       <c r="G33" s="5"/>
       <c r="H33" s="5"/>
       <c r="I33" s="5"/>
       <c r="J33" s="5"/>
       <c r="K33" s="5"/>
-      <c r="L33" s="13">
-        <f t="shared" ref="L33" si="3">SUM(C33:K33)</f>
+      <c r="L33" s="7">
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="M33" s="1">
         <f>B33*L33</f>
         <v>0</v>
       </c>
     </row>
-    <row r="34" spans="1:13" ht="34" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-        <v>63</v>
+    <row r="34" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="14" t="s">
+        <v>62</v>
       </c>
       <c r="B34" s="1">
-        <v>127</v>
+        <v>79</v>
       </c>
       <c r="C34" s="4"/>
       <c r="D34" s="5"/>
       <c r="E34" s="5"/>
       <c r="F34" s="5"/>
       <c r="G34" s="5"/>
       <c r="H34" s="5"/>
       <c r="I34" s="5"/>
       <c r="J34" s="5"/>
       <c r="K34" s="5"/>
-      <c r="L34" s="13">
-        <f t="shared" ref="L34" si="4">SUM(C34:K34)</f>
+      <c r="L34" s="7">
+        <f t="shared" ref="L34" si="5">SUM(C34:K34)</f>
         <v>0</v>
       </c>
       <c r="M34" s="1">
         <f>B34*L34</f>
         <v>0</v>
       </c>
     </row>
-    <row r="35" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A35" s="2" t="s">
+    <row r="35" spans="1:13" ht="34" x14ac:dyDescent="0.2">
+      <c r="A35" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="B35" s="1">
+        <v>127</v>
+      </c>
+      <c r="C35" s="4"/>
+      <c r="D35" s="5"/>
+      <c r="E35" s="5"/>
+      <c r="F35" s="5"/>
+      <c r="G35" s="5"/>
+      <c r="H35" s="5"/>
+      <c r="I35" s="5"/>
+      <c r="J35" s="5"/>
+      <c r="K35" s="5"/>
+      <c r="L35" s="7">
+        <f t="shared" ref="L35" si="6">SUM(C35:K35)</f>
+        <v>0</v>
+      </c>
+      <c r="M35" s="1">
+        <f>B35*L35</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="B35" s="2"/>
-[...13 lines deleted...]
-      <c r="A36" s="24" t="s">
+      <c r="B36" s="2"/>
+      <c r="C36" s="2"/>
+      <c r="D36" s="2"/>
+      <c r="E36" s="2"/>
+      <c r="F36" s="2"/>
+      <c r="G36" s="2"/>
+      <c r="H36" s="2"/>
+      <c r="I36" s="2"/>
+      <c r="J36" s="2"/>
+      <c r="K36" s="2"/>
+      <c r="L36" s="10"/>
+      <c r="M36" s="10"/>
+    </row>
+    <row r="37" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="14" t="s">
         <v>33</v>
       </c>
-      <c r="B36" s="1">
+      <c r="B37" s="1">
         <v>3</v>
       </c>
-      <c r="C36" s="3"/>
-[...26 lines deleted...]
-      <c r="E37" s="3"/>
+      <c r="C37" s="3"/>
+      <c r="D37" s="4"/>
+      <c r="E37" s="4"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
       <c r="H37" s="3"/>
       <c r="I37" s="3"/>
       <c r="J37" s="3"/>
       <c r="K37" s="3"/>
-      <c r="L37" s="13">
+      <c r="L37" s="7">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="M37" s="1">
-        <f t="shared" si="5"/>
+        <f t="shared" ref="M37:M41" si="7">B37*L37</f>
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A38" s="24" t="s">
+      <c r="A38" s="14" t="s">
+        <v>34</v>
+      </c>
+      <c r="B38" s="1">
+        <v>0.52</v>
+      </c>
+      <c r="C38" s="4"/>
+      <c r="D38" s="3"/>
+      <c r="E38" s="3"/>
+      <c r="F38" s="3"/>
+      <c r="G38" s="3"/>
+      <c r="H38" s="3"/>
+      <c r="I38" s="3"/>
+      <c r="J38" s="3"/>
+      <c r="K38" s="3"/>
+      <c r="L38" s="7">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="M38" s="1">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="14" t="s">
         <v>42</v>
       </c>
-      <c r="B38" s="1">
+      <c r="B39" s="1">
         <v>0.5</v>
-      </c>
-[...23 lines deleted...]
-        <v>0.24</v>
       </c>
       <c r="C39" s="3"/>
       <c r="D39" s="4"/>
       <c r="E39" s="4"/>
       <c r="F39" s="4"/>
-      <c r="G39" s="4"/>
+      <c r="G39" s="3"/>
       <c r="H39" s="4"/>
       <c r="I39" s="4"/>
-      <c r="J39" s="3"/>
-[...1 lines deleted...]
-      <c r="L39" s="13">
+      <c r="J39" s="4"/>
+      <c r="K39" s="4"/>
+      <c r="L39" s="7">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="M39" s="1">
-        <f t="shared" si="5"/>
+        <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A40" s="24" t="s">
-        <v>44</v>
+      <c r="A40" s="14" t="s">
+        <v>43</v>
       </c>
       <c r="B40" s="1">
-        <v>4.72</v>
+        <v>0.24</v>
       </c>
       <c r="C40" s="3"/>
       <c r="D40" s="4"/>
-      <c r="E40" s="3"/>
+      <c r="E40" s="4"/>
       <c r="F40" s="4"/>
-      <c r="G40" s="3"/>
-[...1 lines deleted...]
-      <c r="I40" s="3"/>
+      <c r="G40" s="4"/>
+      <c r="H40" s="4"/>
+      <c r="I40" s="4"/>
       <c r="J40" s="3"/>
-      <c r="K40" s="3"/>
-      <c r="L40" s="13">
+      <c r="K40" s="5"/>
+      <c r="L40" s="7">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="M40" s="1">
-        <f t="shared" si="5"/>
+        <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A41" s="24" t="s">
-        <v>56</v>
+      <c r="A41" s="14" t="s">
+        <v>44</v>
       </c>
       <c r="B41" s="1">
-        <v>0.99</v>
-[...7 lines deleted...]
-      <c r="I41" s="5"/>
+        <v>4.72</v>
+      </c>
+      <c r="C41" s="3"/>
+      <c r="D41" s="4"/>
+      <c r="E41" s="3"/>
+      <c r="F41" s="4"/>
+      <c r="G41" s="3"/>
+      <c r="H41" s="3"/>
+      <c r="I41" s="3"/>
       <c r="J41" s="3"/>
       <c r="K41" s="3"/>
-      <c r="L41" s="13">
-        <f t="shared" ref="L41" si="6">SUM(C41:K41)</f>
+      <c r="L41" s="7">
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="M41" s="1">
-        <f t="shared" ref="M41" si="7">B41*L41</f>
-[...4 lines deleted...]
-      <c r="A42" s="24" t="s">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="14" t="s">
+        <v>56</v>
+      </c>
+      <c r="B42" s="1">
+        <v>0.99</v>
+      </c>
+      <c r="C42" s="4"/>
+      <c r="D42" s="5"/>
+      <c r="E42" s="5"/>
+      <c r="F42" s="5"/>
+      <c r="G42" s="5"/>
+      <c r="H42" s="5"/>
+      <c r="I42" s="5"/>
+      <c r="J42" s="3"/>
+      <c r="K42" s="3"/>
+      <c r="L42" s="7">
+        <f t="shared" ref="L42" si="8">SUM(C42:K42)</f>
+        <v>0</v>
+      </c>
+      <c r="M42" s="1">
+        <f t="shared" ref="M42" si="9">B42*L42</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" ht="16" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="14" t="s">
         <v>45</v>
       </c>
-      <c r="B42" s="1">
+      <c r="B43" s="1">
         <v>0.6</v>
       </c>
-      <c r="C42" s="3"/>
-[...29 lines deleted...]
-      <c r="L43" s="59" t="s">
+      <c r="C43" s="3"/>
+      <c r="D43" s="4"/>
+      <c r="E43" s="4"/>
+      <c r="F43" s="4"/>
+      <c r="G43" s="4"/>
+      <c r="H43" s="4"/>
+      <c r="I43" s="4"/>
+      <c r="J43" s="4"/>
+      <c r="K43" s="3"/>
+      <c r="L43" s="7">
+        <f>SUM(C43:K43)</f>
+        <v>0</v>
+      </c>
+      <c r="M43" s="11">
+        <f>B43*L43</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" ht="16" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="20"/>
+      <c r="B44" s="12"/>
+      <c r="C44" s="12"/>
+      <c r="D44" s="12"/>
+      <c r="E44" s="12"/>
+      <c r="F44" s="12"/>
+      <c r="G44" s="12"/>
+      <c r="H44" s="12"/>
+      <c r="I44" s="12"/>
+      <c r="J44" s="12"/>
+      <c r="K44" s="12"/>
+      <c r="L44" s="31" t="s">
         <v>11</v>
       </c>
-      <c r="M43" s="23">
-[...20 lines deleted...]
-      <c r="A45" s="26" t="s">
+      <c r="M44" s="13">
+        <f>SUM(M14:M43)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" ht="16" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="20"/>
+      <c r="B45" s="20"/>
+      <c r="C45" s="20"/>
+      <c r="D45" s="20"/>
+      <c r="E45" s="20"/>
+      <c r="F45" s="20"/>
+      <c r="G45" s="20"/>
+      <c r="H45" s="20"/>
+      <c r="I45" s="20"/>
+      <c r="J45" s="20"/>
+      <c r="K45" s="20"/>
+      <c r="L45" s="21"/>
+      <c r="M45" s="21"/>
+    </row>
+    <row r="46" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="16" t="s">
         <v>41</v>
       </c>
-      <c r="B45" s="32"/>
-[...4 lines deleted...]
-      <c r="G45" s="34" t="s">
+      <c r="B46" s="46"/>
+      <c r="C46" s="46"/>
+      <c r="D46" s="46"/>
+      <c r="E46" s="46"/>
+      <c r="F46" s="22"/>
+      <c r="G46" s="56" t="s">
         <v>36</v>
       </c>
-      <c r="H45" s="35"/>
-[...7 lines deleted...]
-      <c r="A46" s="26" t="s">
+      <c r="H46" s="57"/>
+      <c r="I46" s="57"/>
+      <c r="J46" s="57"/>
+      <c r="K46" s="57"/>
+      <c r="L46" s="57"/>
+      <c r="M46" s="58"/>
+    </row>
+    <row r="47" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="16" t="s">
         <v>2</v>
       </c>
-      <c r="B46" s="32"/>
-[...25 lines deleted...]
-      <c r="M47" s="42"/>
+      <c r="B47" s="46"/>
+      <c r="C47" s="46"/>
+      <c r="D47" s="46"/>
+      <c r="E47" s="46"/>
+      <c r="F47" s="22"/>
+      <c r="G47" s="37"/>
+      <c r="H47" s="38"/>
+      <c r="I47" s="38"/>
+      <c r="J47" s="38"/>
+      <c r="K47" s="38"/>
+      <c r="L47" s="38"/>
+      <c r="M47" s="39"/>
     </row>
     <row r="48" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="6"/>
-      <c r="B48" s="32"/>
-[...3 lines deleted...]
-      <c r="F48" s="33"/>
+      <c r="B48" s="46"/>
+      <c r="C48" s="46"/>
+      <c r="D48" s="46"/>
+      <c r="E48" s="46"/>
+      <c r="F48" s="22"/>
       <c r="G48" s="40"/>
       <c r="H48" s="41"/>
       <c r="I48" s="41"/>
       <c r="J48" s="41"/>
       <c r="K48" s="41"/>
       <c r="L48" s="41"/>
       <c r="M48" s="42"/>
     </row>
     <row r="49" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A49" s="6" t="s">
-[...6 lines deleted...]
-      <c r="F49" s="33"/>
+      <c r="A49" s="6"/>
+      <c r="B49" s="46"/>
+      <c r="C49" s="46"/>
+      <c r="D49" s="46"/>
+      <c r="E49" s="46"/>
+      <c r="F49" s="22"/>
       <c r="G49" s="40"/>
       <c r="H49" s="41"/>
       <c r="I49" s="41"/>
       <c r="J49" s="41"/>
       <c r="K49" s="41"/>
       <c r="L49" s="41"/>
       <c r="M49" s="42"/>
     </row>
     <row r="50" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="6" t="s">
-        <v>39</v>
-[...5 lines deleted...]
-      <c r="F50" s="33"/>
+        <v>38</v>
+      </c>
+      <c r="B50" s="46"/>
+      <c r="C50" s="46"/>
+      <c r="D50" s="46"/>
+      <c r="E50" s="46"/>
+      <c r="F50" s="22"/>
       <c r="G50" s="40"/>
       <c r="H50" s="41"/>
       <c r="I50" s="41"/>
       <c r="J50" s="41"/>
       <c r="K50" s="41"/>
       <c r="L50" s="41"/>
       <c r="M50" s="42"/>
     </row>
     <row r="51" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A51" s="49" t="s">
-[...6 lines deleted...]
-      <c r="F51" s="33"/>
+      <c r="A51" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="B51" s="47"/>
+      <c r="C51" s="48"/>
+      <c r="D51" s="48"/>
+      <c r="E51" s="49"/>
+      <c r="F51" s="22"/>
       <c r="G51" s="40"/>
       <c r="H51" s="41"/>
       <c r="I51" s="41"/>
       <c r="J51" s="41"/>
       <c r="K51" s="41"/>
       <c r="L51" s="41"/>
       <c r="M51" s="42"/>
     </row>
     <row r="52" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A52" s="26" t="s">
-[...6 lines deleted...]
-      <c r="F52" s="33"/>
+      <c r="A52" s="23" t="s">
+        <v>40</v>
+      </c>
+      <c r="B52" s="46"/>
+      <c r="C52" s="46"/>
+      <c r="D52" s="46"/>
+      <c r="E52" s="46"/>
+      <c r="F52" s="22"/>
       <c r="G52" s="40"/>
       <c r="H52" s="41"/>
       <c r="I52" s="41"/>
       <c r="J52" s="41"/>
       <c r="K52" s="41"/>
       <c r="L52" s="41"/>
       <c r="M52" s="42"/>
     </row>
     <row r="53" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A53" s="26" t="s">
-[...6 lines deleted...]
-      <c r="F53" s="33"/>
+      <c r="A53" s="16" t="s">
+        <v>3</v>
+      </c>
+      <c r="B53" s="47"/>
+      <c r="C53" s="48"/>
+      <c r="D53" s="48"/>
+      <c r="E53" s="49"/>
+      <c r="F53" s="22"/>
       <c r="G53" s="40"/>
       <c r="H53" s="41"/>
       <c r="I53" s="41"/>
       <c r="J53" s="41"/>
       <c r="K53" s="41"/>
       <c r="L53" s="41"/>
       <c r="M53" s="42"/>
     </row>
     <row r="54" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A54" s="26" t="s">
+      <c r="A54" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="B54" s="46"/>
+      <c r="C54" s="46"/>
+      <c r="D54" s="46"/>
+      <c r="E54" s="46"/>
+      <c r="F54" s="22"/>
+      <c r="G54" s="40"/>
+      <c r="H54" s="41"/>
+      <c r="I54" s="41"/>
+      <c r="J54" s="41"/>
+      <c r="K54" s="41"/>
+      <c r="L54" s="41"/>
+      <c r="M54" s="42"/>
+    </row>
+    <row r="55" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A55" s="16" t="s">
         <v>5</v>
       </c>
-      <c r="B54" s="32"/>
-[...25 lines deleted...]
-      <c r="M55" s="53"/>
+      <c r="B55" s="46"/>
+      <c r="C55" s="46"/>
+      <c r="D55" s="46"/>
+      <c r="E55" s="46"/>
+      <c r="F55" s="22"/>
+      <c r="G55" s="43"/>
+      <c r="H55" s="44"/>
+      <c r="I55" s="44"/>
+      <c r="J55" s="44"/>
+      <c r="K55" s="44"/>
+      <c r="L55" s="44"/>
+      <c r="M55" s="45"/>
     </row>
     <row r="56" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A56" s="50" t="s">
+      <c r="A56" s="24"/>
+      <c r="B56" s="25"/>
+      <c r="C56" s="25"/>
+      <c r="D56" s="25"/>
+      <c r="E56" s="25"/>
+      <c r="F56" s="26"/>
+      <c r="G56" s="27"/>
+      <c r="H56" s="27"/>
+      <c r="I56" s="27"/>
+      <c r="J56" s="27"/>
+      <c r="K56" s="27"/>
+      <c r="L56" s="27"/>
+      <c r="M56" s="27"/>
+    </row>
+    <row r="57" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A57" s="24" t="s">
         <v>60</v>
       </c>
-      <c r="B56" s="51"/>
-[...27 lines deleted...]
-      <c r="M57" s="54"/>
+      <c r="B57" s="25"/>
+      <c r="C57" s="25"/>
+      <c r="D57" s="25"/>
+      <c r="E57" s="25"/>
+      <c r="F57" s="26"/>
+      <c r="G57" s="27"/>
+      <c r="H57" s="27"/>
+      <c r="I57" s="27"/>
+      <c r="J57" s="27"/>
+      <c r="K57" s="27"/>
+      <c r="L57" s="27"/>
+      <c r="M57" s="27"/>
     </row>
     <row r="58" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="33" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B58" s="33"/>
       <c r="C58" s="33"/>
       <c r="D58" s="33"/>
       <c r="E58" s="33"/>
       <c r="F58" s="33"/>
       <c r="G58" s="33"/>
       <c r="H58" s="33"/>
       <c r="I58" s="33"/>
       <c r="J58" s="33"/>
       <c r="K58" s="33"/>
       <c r="L58" s="33"/>
       <c r="M58" s="33"/>
     </row>
     <row r="59" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A59" s="33" t="s">
+      <c r="A59" s="22" t="s">
+        <v>58</v>
+      </c>
+      <c r="B59" s="22"/>
+      <c r="C59" s="22"/>
+      <c r="D59" s="22"/>
+      <c r="E59" s="22"/>
+      <c r="F59" s="22"/>
+      <c r="G59" s="22"/>
+      <c r="H59" s="22"/>
+      <c r="I59" s="22"/>
+      <c r="J59" s="22"/>
+      <c r="K59" s="22"/>
+      <c r="L59" s="22"/>
+      <c r="M59" s="22"/>
+    </row>
+    <row r="60" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A60" s="22" t="s">
         <v>59</v>
       </c>
-      <c r="B59" s="33"/>
-[...12 lines deleted...]
-    <row r="60" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2"/>
+      <c r="B60" s="22"/>
+      <c r="C60" s="22"/>
+      <c r="D60" s="22"/>
+      <c r="E60" s="22"/>
+      <c r="F60" s="22"/>
+      <c r="G60" s="22"/>
+      <c r="H60" s="22"/>
+      <c r="I60" s="22"/>
+      <c r="J60" s="22"/>
+      <c r="K60" s="22"/>
+      <c r="L60" s="22"/>
+      <c r="M60" s="22"/>
+    </row>
+    <row r="61" spans="1:13" ht="16" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="bCGYfZ7P3bkDnCH3O9FlfoVwviXnnUcBrk8aMFXpu38Oo3DPOx0GEPZdj8JgkGxkDvVO8fHR8x3UT2jDl8yAaw==" saltValue="YRxm5zW+fx/HCmkWCTc/0Q==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="18">
-    <mergeCell ref="A57:M57"/>
+    <mergeCell ref="A1:K7"/>
+    <mergeCell ref="L1:M7"/>
+    <mergeCell ref="G46:M46"/>
+    <mergeCell ref="A8:M8"/>
+    <mergeCell ref="A58:M58"/>
     <mergeCell ref="A9:M10"/>
     <mergeCell ref="C11:K11"/>
-    <mergeCell ref="G46:M54"/>
-    <mergeCell ref="B45:E45"/>
+    <mergeCell ref="G47:M55"/>
     <mergeCell ref="B46:E46"/>
     <mergeCell ref="B47:E47"/>
     <mergeCell ref="B48:E48"/>
     <mergeCell ref="B49:E49"/>
+    <mergeCell ref="B50:E50"/>
+    <mergeCell ref="B52:E52"/>
+    <mergeCell ref="B54:E54"/>
+    <mergeCell ref="B55:E55"/>
     <mergeCell ref="B51:E51"/>
     <mergeCell ref="B53:E53"/>
-    <mergeCell ref="B54:E54"/>
-[...5 lines deleted...]
-    <mergeCell ref="A8:M8"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A9" r:id="rId1" xr:uid="{3881493A-E177-6840-8873-6F679965C07C}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="95" orientation="portrait" horizontalDpi="0" verticalDpi="0"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A9" sqref="A9:M10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0"/>
 </worksheet>
 </file>
 